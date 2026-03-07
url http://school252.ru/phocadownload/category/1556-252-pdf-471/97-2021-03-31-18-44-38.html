--- v0 (2025-10-10)
+++ v1 (2026-03-07)
@@ -1,139 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
+  <p:notesMasterIdLst>
+    <p:notesMasterId r:id="rId38"/>
+  </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="259" r:id="rId2"/>
-    <p:sldId id="260" r:id="rId3"/>
-[...1 lines deleted...]
-    <p:sldId id="262" r:id="rId5"/>
+    <p:sldId id="261" r:id="rId3"/>
+    <p:sldId id="260" r:id="rId4"/>
+    <p:sldId id="300" r:id="rId5"/>
     <p:sldId id="263" r:id="rId6"/>
     <p:sldId id="264" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="272" r:id="rId9"/>
-    <p:sldId id="296" r:id="rId10"/>
-[...4 lines deleted...]
-    <p:sldId id="269" r:id="rId15"/>
+    <p:sldId id="265" r:id="rId10"/>
+    <p:sldId id="273" r:id="rId11"/>
+    <p:sldId id="298" r:id="rId12"/>
+    <p:sldId id="299" r:id="rId13"/>
+    <p:sldId id="266" r:id="rId14"/>
+    <p:sldId id="268" r:id="rId15"/>
     <p:sldId id="270" r:id="rId16"/>
-    <p:sldId id="278" r:id="rId17"/>
-[...8 lines deleted...]
-    <p:sldId id="289" r:id="rId26"/>
+    <p:sldId id="301" r:id="rId17"/>
+    <p:sldId id="302" r:id="rId18"/>
+    <p:sldId id="277" r:id="rId19"/>
+    <p:sldId id="276" r:id="rId20"/>
+    <p:sldId id="275" r:id="rId21"/>
+    <p:sldId id="274" r:id="rId22"/>
+    <p:sldId id="281" r:id="rId23"/>
+    <p:sldId id="282" r:id="rId24"/>
+    <p:sldId id="271" r:id="rId25"/>
+    <p:sldId id="280" r:id="rId26"/>
     <p:sldId id="279" r:id="rId27"/>
     <p:sldId id="288" r:id="rId28"/>
     <p:sldId id="286" r:id="rId29"/>
     <p:sldId id="285" r:id="rId30"/>
-    <p:sldId id="284" r:id="rId31"/>
-[...6 lines deleted...]
-    <p:sldId id="293" r:id="rId38"/>
+    <p:sldId id="283" r:id="rId31"/>
+    <p:sldId id="291" r:id="rId32"/>
+    <p:sldId id="292" r:id="rId33"/>
+    <p:sldId id="290" r:id="rId34"/>
+    <p:sldId id="295" r:id="rId35"/>
+    <p:sldId id="287" r:id="rId36"/>
+    <p:sldId id="293" r:id="rId37"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -230,86 +235,714 @@
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Средний стиль 2 — акцент 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+</a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15000" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="112" d="100"/>
-          <a:sy n="112" d="100"/>
+          <a:sx n="123" d="100"/>
+          <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="552" y="114"/>
+        <p:origin x="114" y="42"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="0"/>
+            <a:ext cx="2971800" cy="458788"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{31774F7C-BDE9-4696-B423-E8E4E79EFA68}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>09.02.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Образ слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="1143000"/>
+            <a:ext cx="5486400" cy="3086100"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:prstClr val="black"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заметки 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="685800" y="4400550"/>
+            <a:ext cx="5486400" cy="3600450"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3884613" y="8685213"/>
+            <a:ext cx="2971800" cy="458787"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{4615AA9E-1C13-4513-93AD-8BC0BE573EF6}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1164360211"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:notesStyle>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl1pPr>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl2pPr>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl3pPr>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl4pPr>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl5pPr>
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl6pPr>
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl7pPr>
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl8pPr>
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1200" kern="1200">
+        <a:solidFill>
+          <a:schemeClr val="tx1"/>
+        </a:solidFill>
+        <a:latin typeface="+mn-lt"/>
+        <a:ea typeface="+mn-ea"/>
+        <a:cs typeface="+mn-cs"/>
+      </a:defRPr>
+    </a:lvl9pPr>
+  </p:notesStyle>
+</p:notesMaster>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{D469A348-5F05-4343-BF6B-A72F9662E3F2}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="525273610"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -443,51 +1076,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -613,51 +1246,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -793,51 +1426,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -963,51 +1596,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1209,51 +1842,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1441,51 +2074,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1808,51 +2441,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1926,51 +2559,51 @@
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2021,51 +2654,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2298,51 +2931,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2551,51 +3184,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2768,51 +3401,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{018F95AA-1DDD-454C-A3F5-5D9874F1D34A}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>10.02.2025</a:t>
+              <a:t>09.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3157,415 +3790,378 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://pbs.twimg.com/profile_images/652937655336992768/PAusvIdf_400x400.png" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://pbs.twimg.com/profile_images/652937655336992768/PAusvIdf_400x400.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:school252@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:school252@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3" descr="Picture background"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="17618" r="19490"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="227565" y="138430"/>
+            <a:off x="1377544" y="246902"/>
             <a:ext cx="1051648" cy="1160336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10832628" y="215506"/>
+            <a:off x="9823454" y="301622"/>
             <a:ext cx="1207347" cy="1323417"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="6" name="Рисунок 5" descr="Picture background"/>
+          <p:cNvPr id="7" name="Рисунок 6" descr="https://avatars.mds.yandex.net/i?id=d511f33165e66b025a4344a63bb9600afb74ec16-8486579-images-thumbs&amp;n=13"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="186050" y="5468412"/>
-[...32 lines deleted...]
-            <a:off x="1322954" y="213615"/>
+            <a:off x="1903368" y="5080083"/>
             <a:ext cx="1160828" cy="1201146"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-                  <a14:imgLayer r:embed="rId7">
+                  <a14:imgLayer r:embed="rId6">
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="83000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast contrast="-30000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10939879" y="1826491"/>
+            <a:off x="5971695" y="5080083"/>
             <a:ext cx="992844" cy="1427923"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 9" descr="https://pbs.twimg.com/profile_images/652937655336992768/PAusvIdf_400x400.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" r:link="rId9" cstate="print">
+          <a:blip r:embed="rId7" r:link="rId8" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9459610" y="145715"/>
+            <a:off x="10146828" y="4771959"/>
             <a:ext cx="1371600" cy="1362710"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3248096" y="145715"/>
             <a:ext cx="5447200" cy="1323439"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -3633,51 +4229,79 @@
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> приёма в 1 класс</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>на </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>2025-2026 </a:t>
+              <a:t>202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>-202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>7</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>учебный </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>год</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rectangle 8"/>
@@ -3882,90 +4506,102 @@
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Категории детей, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>имеющих внеочередное право </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>при зачислении в 1 класс</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Объект 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="242882" y="2050550"/>
-            <a:ext cx="11703584" cy="2734734"/>
+            <a:off x="242882" y="1684866"/>
+            <a:ext cx="11703584" cy="5173134"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
@@ -4109,596 +4745,740 @@
               <a:buNone/>
               <a:defRPr sz="1600" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Дети сотрудника, погибшего (умершего) при выполнении задач в СВО либо позднее, но вследствие увечья (травмы, ранения , контузии) или заболевания, полученные  при выполнении задач в ходе проведения спецоперации (ст. 28 1 ФЗ от 02.07.2016 № 226-ФЗ «О войсках национальной гвардии РФ») - распространяется на усыновленных/удочеренных и опекаемых детей.</a:t>
-            </a:r>
+              <a:t>Дети военнослужащих ,пребывавших в добровольческих формированиях, погибших (умерших) при выполнении задач в СВО, получивших увечья (ранения, травмы, контузии) или заболевания, полученные пни выполнении задач входе проведения спецоперации (п.8 ст.24 ФЗ от 27.05.1998 № 76-ФЗ «О статусе военнослужащих») </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети прокуроров (п.5 ст.44 Закона РФ от 17.01.1992 № 2202-1 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«О прокуроре РФ»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Детям судей (п.3 ст.19 Закона РФ от 26.06.1992 № 3132-1 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«О статусе судей в РФ»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети сотрудников Следственного комитета (ч.25 ст.35 Федерального закона от 28.12.2010 « 403-ФЗ «О Следственном комитете РФ»</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3019776363"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3822750975"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...75 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Заголовок 1"/>
-[...1 lines deleted...]
-            <a:spLocks/>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1346200" y="554479"/>
-            <a:ext cx="9241283" cy="764704"/>
+            <a:off x="247135" y="0"/>
+            <a:ext cx="11944865" cy="620688"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
-            <a:noAutofit/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
-          <a:lstStyle>
-[...21 lines deleted...]
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Категории детей, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>имеющих первоочередное право </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>при зачислении в 1 класс</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Объект 2"/>
-[...1 lines deleted...]
-            <a:spLocks/>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="242882" y="1684866"/>
-            <a:ext cx="11703584" cy="5173134"/>
+            <a:off x="304800" y="476672"/>
+            <a:ext cx="11763631" cy="6264696"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
-[...1 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
-            <a:noAutofit/>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
           </a:bodyPr>
-          <a:lstStyle>
-[...302 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети военнослужащих </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дети граждан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, пребывающих в добровольческих формированиях .</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети (включая иждивенцев) сотрудника полиции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, в том числе погибшего (умершего) из-за увечья, полученного при выполнении служебных обязанностей, или вследствие заболевания ,полученного в период прохождения службы в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>полиции,либо</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> уволенного со службы из-за увечья или иного повреждения здоровья(ч.6 ст. 46 ФЗ от 07.02.2011 № 3-ФЗ « О полиции» .</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Детям сотрудников органов внутренних дел</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, не являющихся сотрудниками полиции.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Детям (в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>т.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. находящимся на иждивении) сотрудников некоторых федеральных органов исполнительной власти</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>т.ч</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. погибших вследствие увечья или иного повреждения здоровья, полученных в связи с выполнением служебных обязанностей ( даже если смерть произошла в течение года после увольнения по этим причинам) или уволенного со службы из-за увечья или иного повреждения здоровья ( ч.14 ст.3 ФЗ от 30.12.2012 № 283-ФЗ « О социальных гарантиях сотрудникам некоторых федеральных органов исполнительной власти и внесение изменений в законодательные акты РФ»).</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3822750975"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3206231239"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="2000"/>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63489" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="411892" y="116632"/>
+            <a:ext cx="10148902" cy="958850"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Категории детей, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>имеющих преимущественное право </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>при зачислении в 1 класс</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="9A2F1A"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="9A2F1A"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63490" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="786270"/>
+            <a:ext cx="10935294" cy="5760417"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети военнослужащих</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (Федеральный закон от 27.05.1998 № 76-ФЗ </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>«О статусе военнослужащих» ст. 19 п. 6)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети сотрудников полиции </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Федеральный закон от 07.02.2011 № 3-ФЗ «О полиции» ст. 46 п. 6)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети сотрудников некоторых органов исполнительной власти </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Федеральный закон от 30.12.2012 № 283-ФЗ «О социальных гарантиях сотрудникам некоторых федеральных органов исполнительной власти и внесении изменений в отдельных законодательные акты РФ» ст. 3 п. 14)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Полнородные и </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>неполнородные</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> брат и (или) сестра, которые обучаются в данной общеобразовательной организации </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(ФЗ от 02.07.2021 №310-ФЗ «О внесении изменений в ст.54 Семейного кодекса РФ и ст.36и 67 ФЗ «Об образовании в РФ» </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети, родитель которых занимает штатную должность в данной общеобразовательной организации</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (распоряжение комитета по образованию СПБ от 18.11.2014 № 5208-р)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10441318" y="260251"/>
+            <a:ext cx="1359526" cy="1493649"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="574636051"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="slow" p14:dur="2000"/>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="slow"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -4801,131 +5581,143 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Распоряжение </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Администрации Красносельского р-на города от 11.03.2024 №800 </a:t>
+              <a:t>Администрации Красносельского р-на города «О </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>«О закреплении микрорайонов  за образовательными организациями для первичного учёта </a:t>
+              <a:t>закреплении микрорайонов  за образовательными организациями для первичного учёта </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>детей…»</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1693863" y="157313"/>
-            <a:ext cx="8587302" cy="1384995"/>
+            <a:ext cx="8587302" cy="1307537"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>На 1 этапе принимаются </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>дети, зарегистрированные на закрепленной территории:  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="286882" y="1433366"/>
             <a:ext cx="11659583" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
@@ -5203,51 +5995,51 @@
               <a:t>, дом 6, корпуса 1,2.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2357632391"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -5560,187 +6352,50 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="609600" indent="-609600" algn="ctr" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Этапы подачи заявлений </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2800" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3235382101"/>
-      </p:ext>
-[...135 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="752074684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -5838,153 +6493,194 @@
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1574229" y="188796"/>
             <a:ext cx="8785225" cy="1079500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Предоставление документов </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>в образовательную организацию </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="358775" y="1684867"/>
-            <a:ext cx="11587691" cy="4920797"/>
+            <a:off x="92990" y="1684867"/>
+            <a:ext cx="12099010" cy="4920797"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Sylfaen" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>осуществляется после получения родителем       приглашения в образовательную организацию </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0">
+              <a:t>осуществляется после получения </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>родителем приглашения</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в образовательную организацию </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>с указанием даты и </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>времени (!) приема </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>документов</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>в следующие сроки:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
@@ -6002,52 +6698,63 @@
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>приема, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>но не позднее  30 июня текущего года;</a:t>
-            </a:r>
+              <a:t>но не позднее  30 июня текущего года</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>; </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>на </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -6090,721 +6797,871 @@
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>не позднее  30 дней </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>со дня подачи заявления;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дата </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>и время подачи заявления не имеет </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>значения! </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Дата </a:t>
-[...19 lines deleted...]
-              <a:t>значения!</a:t>
+              <a:t>Рассылка приглашений на подачу документов </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Рассылка приглашений на подачу документов </a:t>
-[...11 lines deleted...]
-            </a:pPr>
+              <a:t>в 1 класс - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>19 мая по 30 июня  2026 </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>в 1 класс начнётся 19 мая 2025 г.</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>г.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1311517393"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="-61993"/>
+            <a:ext cx="10515600" cy="1752681"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:latin typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Segoe UI Symbol" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>🕒</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>График работы приёмной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>комиссии </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" u="sng" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с 01.04.2026 г.)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3600" u="sng" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" u="sng" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1690687"/>
+            <a:ext cx="10515600" cy="5074323"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Адрес:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ул. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Тамбасова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, д. 2, корп. 4, кабинет № 41 (4этаж</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3000" i="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>При личном обращении просим иметь при себе документ, удостоверяющий личность</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3000" i="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3000" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Время работы комиссии:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>•	вторник — 15:00–18:00</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>•	пятница — 15:00–17:30</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>________________________________________</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
-          <p:cNvPicPr/>
+          <p:cNvPr id="4" name="Рисунок 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
-[...64 lines deleted...]
-        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2293453" y="423377"/>
-            <a:ext cx="7346776" cy="513454"/>
+            <a:off x="255981" y="5370214"/>
+            <a:ext cx="1164437" cy="1201016"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...42 lines deleted...]
-          </p:cNvSpPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="939112" y="1262742"/>
-            <a:ext cx="10055460" cy="5246915"/>
+            <a:off x="10923315" y="67549"/>
+            <a:ext cx="1054699" cy="1164437"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...362 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2781036975"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3761902128"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>👥 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Состав приёмной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>комиссии:</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="69742" y="1825625"/>
+            <a:ext cx="12018936" cy="4931636"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+              <a:tabLst>
+                <a:tab pos="457200" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Председатель комиссии:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Романенко С.А., директор школы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+              <a:buSzPts val="1000"/>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+              <a:tabLst>
+                <a:tab pos="457200" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Члены комиссии:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>• Киселева С.В., заместитель директора по учебной работе</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>• </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Можаева</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> Н.Л., секретарь директора</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>• Гурьянова О.М., учитель начальных классов</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>• Ляшенко Ю.В., учитель начальных классов</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>• </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Веревченкова</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> А.И., учитель начальных классов</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="ru-RU" sz="3200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10401073" y="4417985"/>
+            <a:ext cx="1060796" cy="1493649"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1083177027"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -6917,51 +7774,51 @@
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>в образовательную организацию </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="286882" y="1532673"/>
-            <a:ext cx="11359469" cy="5544393"/>
+            <a:ext cx="11359469" cy="5325327"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
@@ -7022,129 +7879,150 @@
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Документы предоставляются лично родителями</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> в соответствии с графиком приема документов; </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
+            <a:pPr marL="342900" indent="-342900" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...13 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В случае неявки родителя (законного представителя</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" dirty="0">
-[...6 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" i="1" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в образовательную организацию для подачи документов в сроки, указанные в приглашении образовательной организации,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> ребенок выбывает из списка данной образовательной </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" i="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>организации (Распоряжение КО от 31.03.2021 № 879-р п.2.9.2).</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2800" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1184818511"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -7562,51 +8440,915 @@
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1677930706"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10855343" y="4629666"/>
+            <a:ext cx="990801" cy="1029730"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Объект 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1346200" y="215487"/>
+            <a:ext cx="9241283" cy="1799254"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Приказ Министерства просвещения РФ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>от 02.09.2020 № 458 « Об утверждении порядка приема на обучение по образовательным программам начального общего, основного общего и среднего общего образования».</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Объект 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286883" y="2014741"/>
+            <a:ext cx="11659583" cy="4360985"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Распоряжение Комитета по образованию </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>от 31.03.2021 № 879-р </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>« Об утверждении регламента образовательных организаций, реализующие программы начального общего, основного общего, среднего общего образования, находящихся в ведении исполнительных органов государственной власти Санкт-Петербурга, по предоставлению услуги по зачислению в образовательные организации , реализующие программы начального общего, основного общего и среднего общего образования».</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Правила приема </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в образовательное учреждение.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Распоряжением администрации Красносельского района «О закреплении муниципальных образовательных учреждений за конкретными территориями  Красносельского  района »от 16.11.2015 № 2896, с изменениями                                 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>от 06.02. 2026</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10687804" y="222438"/>
+            <a:ext cx="1158340" cy="1201016"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Рисунок 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="198574" y="265114"/>
+            <a:ext cx="1054699" cy="1158340"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2054107486"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="286882" y="5361929"/>
+            <a:ext cx="1358983" cy="1496071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Рисунок 8"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="83000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast contrast="-30000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10438271" y="4884782"/>
+            <a:ext cx="1059318" cy="1496071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="286882" y="418400"/>
+            <a:ext cx="11659584" cy="5809732"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:noFill/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr indent="114300" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>паспорт</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>одного из родителей (законных представителей) с отметкой о регистрации по месту жительства</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="114300" algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>документы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, подтверждающие преимущественное право зачисления </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>граждан на обучение в образовательную организацию (при наличии).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr indent="114300" algn="ctr" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC1E0E"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3759601460"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -7640,871 +9382,78 @@
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="83000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast contrast="-30000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="286882" y="188796"/>
-[...792 lines deleted...]
-            <a:off x="286882" y="188796"/>
+            <a:off x="99441" y="-167665"/>
             <a:ext cx="1059318" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1574229" y="230601"/>
-            <a:ext cx="8785225" cy="1152525"/>
+            <a:off x="1158759" y="1"/>
+            <a:ext cx="9200695" cy="1232114"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Принятие решения о приеме </a:t>
             </a:r>
             <a:br>
@@ -8518,133 +9467,270 @@
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>     или </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>об отказе в приеме в первый класс</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="99441" y="2120296"/>
-            <a:ext cx="11734800" cy="4248150"/>
+            <a:off x="99440" y="1177871"/>
+            <a:ext cx="12092559" cy="5594887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 этап : Зачисление</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>в первый класс образовательной организации </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(при наличии полного пакета документов) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оформляется </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>приказом в течение </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Зачисление</a:t>
-[...13 lines deleted...]
-              <a:t>3 рабочих дней после завершения приема заявлений </a:t>
+              <a:t>рабочих дней после завершения приема заявлений </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(1-3 июля 2025 г)</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:t>(1-3 июля 2026 г). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
-[...5 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Иностранные граждане будут зачислены после проверки документов УМВД РФ  и тестирования на знание русского языка.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" i="1" u="sng" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2-ом этап </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– через 5  рабочих дней после приёма оригиналов </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>документов</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
@@ -8676,76 +9762,83 @@
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>в течение 3 рабочих дней</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> после принятия такого решения направляет родителю </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>уведомление об отказе </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>в зачислении.</a:t>
+              <a:t>в зачислении</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2087543183"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -8851,52 +9944,52 @@
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Основания </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>для  отказа в приёме документов </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 4"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="245534" y="1510695"/>
-            <a:ext cx="11700932" cy="5173133"/>
+            <a:off x="245534" y="774915"/>
+            <a:ext cx="11700932" cy="5908913"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -8957,76 +10050,100 @@
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
               <a:buFont typeface="Arial" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>возрастные ограничения (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" i="1" u="sng" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>при зачислении в первые классы</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2600" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>): получение начального общего образования в образовательных организациях начинается по достижении детьми возраста шести лет и шести месяцев при отсутствии противопоказаний по состоянию здоровья, но не позже достижения ими возраста восьми лет.</a:t>
-            </a:r>
+              <a:t>): получение начального общего образования в образовательных организациях начинается по достижении детьми возраста шести лет и шести месяцев при отсутствии противопоказаний по состоянию здоровья, но не позже достижения ими возраста восьми </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>лет;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900" algn="just" eaLnBrk="0" hangingPunct="0">
+              <a:buFont typeface="Arial" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2600" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>р</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2600" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1936856788"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -9087,51 +10204,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 1"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2186210" y="188796"/>
-            <a:ext cx="7777162" cy="2600199"/>
+            <a:ext cx="7777162" cy="3323987"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
@@ -9151,143 +10268,161 @@
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>находится в отделе образования  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Администрации </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> находится по </a:t>
+              <a:t>Красносельского района находится по </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>адресу: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>улица Партизана Германа, дом 3</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 3"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="339946" y="3030422"/>
-            <a:ext cx="11469689" cy="2600199"/>
+            <a:ext cx="11469689" cy="3246530"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
             </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Основная </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Основная задача конфликтной комиссии: обеспечение реализации права на получение общего образования детей, проживающих на территории района, в том числе урегулирование спорных вопросов при реализации права на получение общего образования.</a:t>
+              <a:t>задача конфликтной комиссии: обеспечение реализации права на получение общего образования детей, проживающих на территории района, в том числе урегулирование спорных вопросов при реализации права на получение общего образования.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:ea typeface="MS Mincho" pitchFamily="49" charset="-128"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1977731760"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 2" descr="https://otradnyj-sosh.rnd.eduru.ru/media/2022/05/20/1297936377/img1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -9708,459 +10843,50 @@
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1503404" y="495448"/>
             <a:ext cx="2016224" cy="792088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="184088841"/>
-      </p:ext>
-[...407 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241340971"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -10229,561 +10955,347 @@
             </a:extLst>
           </a:blip>
           <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="286882" y="188796"/>
             <a:ext cx="1059318" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Прямоугольник 3"/>
+          <p:cNvPr id="6" name="Прямоугольник 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="286882" y="231795"/>
-            <a:ext cx="11628966" cy="3970318"/>
+            <a:off x="286882" y="2604596"/>
+            <a:ext cx="11081125" cy="4967514"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr" fontAlgn="auto">
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:srgbClr val="4F81BD"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" spc="-100" dirty="0" smtClean="0">
+                <a:ln w="3200">
+                  <a:solidFill>
+                    <a:srgbClr val="EEECE1">
+                      <a:shade val="75000"/>
+                      <a:alpha val="25000"/>
+                    </a:srgbClr>
+                  </a:solidFill>
+                  <a:prstDash val="solid"/>
+                  <a:round/>
+                </a:ln>
+                <a:effectLst>
+                  <a:innerShdw blurRad="50800" dist="25400" dir="13500000">
+                    <a:prstClr val="black">
+                      <a:alpha val="70000"/>
+                    </a:prstClr>
+                  </a:innerShdw>
+                </a:effectLst>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Цель программы:   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Воспитание </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>гуманного, творческого, социально-активного </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>человека.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Задачи </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>программы – это формирование </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>у детей:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>познавательной активности;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> творческих способностей;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> умения планировать учебную работу;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> умения пользоваться различными справочными материалами;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> способности к самооценке и самоконтролю.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="273050" indent="-273050" fontAlgn="auto">
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
-                <a:prstClr val="black"/>
+                <a:srgbClr val="4F81BD"/>
               </a:buClr>
+              <a:buSzPct val="100000"/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...43 lines deleted...]
-              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
-          </a:p>
-[...85 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Прямоугольник 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
           <p:nvPr/>
-        </p:nvPicPr>
-[...6 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="1835477" y="4669972"/>
-            <a:ext cx="1397918" cy="1544637"/>
+            <a:off x="3122835" y="188796"/>
+            <a:ext cx="5688012" cy="954088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
-            <a:solidFill>
-[...1 lines deleted...]
-            </a:solidFill>
+            <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Образовательная программа  «Школа России»</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="ru-RU" sz="2800" b="1" dirty="0">
+              <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture 5" descr="Attachment"/>
+          <p:cNvPr id="10" name="Рисунок 7" descr="https://prezentacii.org/upload/cloud/18/09/72477/images/screen1.jpg"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...4 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5"/>
+          <a:srcRect l="11546" t="51930" r="13557" b="28741"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="2455409" y="5308146"/>
-            <a:ext cx="1326482" cy="1346200"/>
+            <a:off x="1532161" y="1142884"/>
+            <a:ext cx="9055322" cy="1480458"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
-            <a:solidFill>
-[...273 lines deleted...]
-            </a:solidFill>
+            <a:noFill/>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3992583024"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241340971"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -11858,51 +12370,71 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> во втором  - 40 минут.  </a:t>
+              <a:t> во втором  - 40 минут. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В 1 четверти по 3 урока </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(Приказ от 09.10.2024 № 704)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
@@ -13366,1263 +13898,496 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10855343" y="4629666"/>
-[...698 lines deleted...]
-            <a:off x="10587483" y="188796"/>
+            <a:off x="10161280" y="444518"/>
             <a:ext cx="1358983" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="83000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast contrast="-30000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="286882" y="188796"/>
+            <a:off x="290035" y="119053"/>
             <a:ext cx="1059318" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Прямоугольник 3"/>
-          <p:cNvSpPr/>
+          <p:cNvPr id="4" name="Объект 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1613311" y="188796"/>
-            <a:ext cx="8609563" cy="1815882"/>
+            <a:off x="576754" y="63566"/>
+            <a:ext cx="9927770" cy="6551880"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:spAutoFit/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr algn="ctr" fontAlgn="auto">
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Уважаемые родители! </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
                 <a:spcPts val="0"/>
-              </a:spcAft>
-              <a:defRPr/>
+              </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" kern="0" cap="all" dirty="0">
-[...31 lines deleted...]
-              </a:effectLst>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Прием </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>заявлений в первые классы:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1 этап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>с 01.04 по 30.06.202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (включительно)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" u="sng" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2 этап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: с 06.07 по 05.09.202</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>6</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>    </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="4000" b="1" u="sng" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-          <a:p>
-[...43 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="286882" y="1700808"/>
-            <a:ext cx="11659584" cy="3970318"/>
+            <a:off x="5196066" y="5011474"/>
+            <a:ext cx="1164437" cy="1201016"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...304 lines deleted...]
-        </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="568761260"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="907670632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -14901,165 +14666,51 @@
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPct val="100000"/>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:tabLst>
                 <a:tab pos="539750" algn="l"/>
               </a:tabLst>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" u="sng" dirty="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>классные </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>руководители</a:t>
             </a:r>
-            <a:r>
-[...113 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 10"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="286882" y="1764139"/>
             <a:ext cx="6331632" cy="2669079"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:noFill/>
@@ -15199,89 +14850,89 @@
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000"/>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="9612758" y="4661211"/>
+            <a:off x="8055178" y="3744235"/>
             <a:ext cx="1949450" cy="1611312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="190500" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="70000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4090361478"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -15533,51 +15184,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3224981743"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -15978,51 +15629,51 @@
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1224170198"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -16340,226 +15991,274 @@
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="904194080"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365126"/>
             <a:ext cx="10515600" cy="771466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:srgbClr val="FF0000"/>
+                  <a:srgbClr val="C00000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Часы приёма</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:solidFill>
-                <a:srgbClr val="FF0000"/>
+                <a:srgbClr val="C00000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1230594"/>
             <a:ext cx="10515600" cy="4946369"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>  Директор </a:t>
+              <a:t>Директор</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t>Романенко Светлана Александровна</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
               <a:t>Вторник </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t>-  15.00 - 18.00 час.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
               <a:t>Четверг</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t> – 10.00 – 12.00 час.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>  Заместитель директора по УР </a:t>
+              <a:t>Заместитель директора по УР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t>Киселева Светлана Вячеславовна</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
               <a:t>Пятница</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t> – 15.00 – 18.00 час., </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0"/>
               <a:t>кабинет № 41</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>  Заместитель </a:t>
+              <a:t>Заместитель </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>дирктора</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> по ВР </a:t>
+              <a:t> по ВР</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" err="1" smtClean="0"/>
               <a:t>Скуднева</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t> Ирина Александровна</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0"/>
               <a:t>Понедельник</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" dirty="0" smtClean="0"/>
               <a:t> – 15.00 – 18.00 час., </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" u="sng" dirty="0" smtClean="0"/>
               <a:t>кабинет № 23</a:t>
@@ -16662,51 +16361,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2056268976"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
@@ -16766,52 +16465,52 @@
             <a:ext cx="1059318" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 2"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1515627" y="362811"/>
-            <a:ext cx="8902429" cy="6840760"/>
+            <a:off x="1515627" y="3239146"/>
+            <a:ext cx="8902429" cy="3964424"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
@@ -16944,585 +16643,812 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1600" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1а</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> – учитель начальных классов </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Таова</a:t>
+              <a:t>Гурьянова Ольга Михайловна</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t> Елена Александровна</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, кабинет № 43;</a:t>
-            </a:r>
+              <a:t>кабинет № </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>44;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1б</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> – учитель начальных классов </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Артемьева Оксана Ивановна</a:t>
+              <a:t>Ляшенко Юлия Валерьевна</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, кабинет № 37;</a:t>
-            </a:r>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кабинет № </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>34;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>1в</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> - учитель начальных классов </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="150000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Веревченкова</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Осипова Анна Сергеевна</a:t>
+              <a:t> Арина Ивановна</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, кабинет № 39;</a:t>
-[...10 lines deleted...]
-            </a:pPr>
+              <a:t>, </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
-                <a:solidFill>
-[...5 lines deleted...]
-              <a:t>1г</a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кабинет № </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> - учитель начальных классов </a:t>
-[...27 lines deleted...]
-            </a:r>
+              <a:t>49;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1515626" y="-446634"/>
+            <a:ext cx="8902429" cy="3685780"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2239351596"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="10587483" y="188796"/>
-            <a:ext cx="1358983" cy="1496071"/>
+            <a:off x="9036909" y="188796"/>
+            <a:ext cx="2909558" cy="3214236"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId4">
                     <a14:imgEffect>
                       <a14:sharpenSoften amount="83000"/>
                     </a14:imgEffect>
                     <a14:imgEffect>
                       <a14:brightnessContrast contrast="-30000"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="286882" y="188796"/>
+            <a:off x="5196633" y="5007931"/>
             <a:ext cx="1059318" cy="1496071"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1738086" y="2213539"/>
-            <a:ext cx="8640960" cy="1189493"/>
+            <a:ext cx="8640960" cy="2435988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="5400" b="1" u="sng" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="5400" b="1" u="sng" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Спасибо за внимание!</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="5400" b="1" i="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="5400" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Рисунок 1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="295275" y="278657"/>
+            <a:ext cx="2734500" cy="2835245"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2662230977"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="69742"/>
+            <a:ext cx="12192000" cy="1620947"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="800"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2026–2027 учебном году в ГБОУ СОШ № 252 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>планируется </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>открытие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>трёх </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>первых классов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>В</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>акантных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мест:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 75</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
-[...1 lines deleted...]
-          <p:nvPr/>
+          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
-[...6 lines deleted...]
-          <a:srcRect/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="10587483" y="188796"/>
-            <a:ext cx="1358983" cy="1496071"/>
+            <a:off x="116237" y="2262752"/>
+            <a:ext cx="12075763" cy="4517755"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...2 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Рисунок 8"/>
-[...43 lines deleted...]
-          <p:cNvPr id="4" name="Рисунок 1"/>
+          <p:cNvPr id="5" name="Рисунок 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1346200" y="0"/>
-            <a:ext cx="9241283" cy="6858000"/>
+            <a:off x="464528" y="303185"/>
+            <a:ext cx="1359526" cy="1493649"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...5 lines deleted...]
-          </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="614540857"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3011087096"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -19155,372 +19081,433 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Рисунок 3"/>
-[...2 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4" descr="http://school252.ru/images/stories/engineer_class_logo.png"/>
+          <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="10587483" y="188796"/>
+            <a:ext cx="1358983" cy="1496071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Рисунок 8"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                  <a14:imgLayer r:embed="rId4">
+                    <a14:imgEffect>
+                      <a14:sharpenSoften amount="83000"/>
+                    </a14:imgEffect>
+                    <a14:imgEffect>
+                      <a14:brightnessContrast contrast="-30000"/>
+                    </a14:imgEffect>
+                  </a14:imgLayer>
+                </a14:imgProps>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="33437" t="30031" r="57100" b="44127"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="286882" y="188796"/>
+            <a:ext cx="1059318" cy="1496071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9092726" y="2434241"/>
-            <a:ext cx="1359526" cy="1493649"/>
+            <a:off x="1346200" y="554479"/>
+            <a:ext cx="9241283" cy="764704"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
-[...15 lines deleted...]
-        </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...32 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="6000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Категории детей, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" u="sng" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>имеющих внеочередное право </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="C00000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>при зачислении в 1 класс</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="C00000"/>
+              </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Объект 2"/>
-[...1 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="6" name="Объект 2"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="769120"/>
-[...210 lines deleted...]
-            <a:ext cx="1060796" cy="1493649"/>
+            <a:off x="242882" y="2050550"/>
+            <a:ext cx="11703584" cy="2734734"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1600" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Дети сотрудника, погибшего (умершего) при выполнении задач в СВО либо позднее, но вследствие увечья (травмы, ранения , контузии) или заболевания, полученные  при выполнении задач в ходе проведения спецоперации (ст. 28 1 ФЗ от 02.07.2016 № 226-ФЗ «О войсках национальной гвардии РФ») - распространяется на усыновленных/удочеренных и опекаемых детей.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1755968909"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3019776363"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -19741,116 +19728,378 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1922</Words>
+  <Words>1955</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>242</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>221</Paragraphs>
+  <Slides>36</Slides>
+  <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>37</vt:i4>
+        <vt:i4>36</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="49" baseType="lpstr">
+    <vt:vector size="50" baseType="lpstr">
       <vt:lpstr>SimSun-ExtB</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>ArialMT</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>MS Mincho</vt:lpstr>
+      <vt:lpstr>Segoe UI Symbol</vt:lpstr>
       <vt:lpstr>Sylfaen</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>График работы комиссии по приёму заявлений в первый класс на 2025/2026 учебный год </vt:lpstr>
+      <vt:lpstr>  В 2026–2027 учебном году в ГБОУ СОШ № 252  планируется открытие трёх первых классов. Вакантных мест: 75. </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Категории детей, имеющих первоочередное право при зачислении в 1 класс </vt:lpstr>
+      <vt:lpstr>Категории детей, имеющих преимущественное право при зачислении в 1 класс </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>  🕒 График работы приёмной комиссии  (с 01.04.2026 г.) </vt:lpstr>
+      <vt:lpstr>👥 Состав приёмной комиссии:</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Часы приёма</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>