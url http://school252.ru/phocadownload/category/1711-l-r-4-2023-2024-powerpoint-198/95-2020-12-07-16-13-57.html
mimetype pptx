--- v0 (2025-10-10)
+++ v1 (2026-03-30)
@@ -2,105 +2,108 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483660" r:id="rId1"/>
+    <p:sldMasterId id="2147483690" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId20"/>
+    <p:notesMasterId r:id="rId19"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="271" r:id="rId2"/>
     <p:sldId id="261" r:id="rId3"/>
     <p:sldId id="283" r:id="rId4"/>
     <p:sldId id="284" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="265" r:id="rId7"/>
     <p:sldId id="268" r:id="rId8"/>
     <p:sldId id="269" r:id="rId9"/>
     <p:sldId id="270" r:id="rId10"/>
     <p:sldId id="273" r:id="rId11"/>
     <p:sldId id="274" r:id="rId12"/>
     <p:sldId id="275" r:id="rId13"/>
     <p:sldId id="272" r:id="rId14"/>
     <p:sldId id="277" r:id="rId15"/>
     <p:sldId id="280" r:id="rId16"/>
     <p:sldId id="281" r:id="rId17"/>
     <p:sldId id="282" r:id="rId18"/>
-    <p:sldId id="276" r:id="rId19"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -157,144 +160,144 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="FFDA65"/>
     <a:srgbClr val="F8FEBA"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns="" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="76" d="100"/>
-          <a:sy n="76" d="100"/>
+          <a:sx n="121" d="100"/>
+          <a:sy n="121" d="100"/>
         </p:scale>
-        <p:origin x="-1206" y="-72"/>
+        <p:origin x="1314" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -339,51 +342,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{83DCDAE4-98D7-4676-A8D0-DCE0384F549D}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1143000" y="685800"/>
             <a:ext cx="4572000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -694,3114 +697,6063 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="47108" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
           <a:ln/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1"/>
             <a:endParaRPr lang="ru-RU" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2637049501"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" type="title" preserve="1">
   <p:cSld name="Титульный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="7" name="Group 6"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="-8466" y="-8468"/>
+            <a:ext cx="9169804" cy="6874935"/>
+            <a:chOff x="-8466" y="-8468"/>
+            <a:chExt cx="9169804" cy="6874935"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="17" name="Straight Connector 16"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="5130830" y="4175605"/>
+              <a:ext cx="4022475" cy="2682396"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="18" name="Straight Connector 17"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7042707" y="0"/>
+              <a:ext cx="1219200" cy="6858000"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="19" name="Freeform 18"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6891896" y="1"/>
+              <a:ext cx="2269442" cy="6866466"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2269442" h="6866466">
+                  <a:moveTo>
+                    <a:pt x="2023534" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2269067" y="6866466"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2271889" y="4580466"/>
+                    <a:pt x="2257778" y="2294466"/>
+                    <a:pt x="2260600" y="8466"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="2023534" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="20" name="Freeform 19"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7205158" y="-8467"/>
+              <a:ext cx="1948147" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1948147" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1202267" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1947333" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1944511" y="4577645"/>
+                    <a:pt x="1950155" y="2288822"/>
+                    <a:pt x="1947333" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="20000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="21" name="Freeform 20"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6637896" y="3920066"/>
+              <a:ext cx="2513565" cy="2937933"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="3259667" h="3810000">
+                  <a:moveTo>
+                    <a:pt x="0" y="3810000"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="3251200" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3254022" y="1270000"/>
+                    <a:pt x="3256845" y="2540000"/>
+                    <a:pt x="3259667" y="3810000"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3810000"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:alpha val="72000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="22" name="Freeform 21"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7010429" y="-8467"/>
+              <a:ext cx="2142876" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2853267" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2472267" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2853267" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2853267" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="75000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="Freeform 22"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8295776" y="-8467"/>
+              <a:ext cx="857530" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1286933" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="1016000" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1286933" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1284111" y="4577645"/>
+                    <a:pt x="1281288" y="2288822"/>
+                    <a:pt x="1278466" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1016000" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="Freeform 23"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8077231" y="-8468"/>
+              <a:ext cx="1066770" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1270244" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1117600" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270000" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1272822" y="4574822"/>
+                    <a:pt x="1250245" y="2291645"/>
+                    <a:pt x="1253067" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="25" name="Freeform 24"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8060297" y="4893733"/>
+              <a:ext cx="1094086" cy="1964267"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1820333" h="3268133">
+                  <a:moveTo>
+                    <a:pt x="0" y="3268133"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1811866" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1814688" y="1086555"/>
+                    <a:pt x="1817511" y="2173111"/>
+                    <a:pt x="1820333" y="3259666"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3268133"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="28" name="Freeform 27"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-8466" y="-8468"/>
+              <a:ext cx="863600" cy="5698067"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="863600" h="5698067">
+                  <a:moveTo>
+                    <a:pt x="0" y="8467"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="863600" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="863600" y="16934"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="5698067"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="8467"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="2130425"/>
-            <a:ext cx="7772400" cy="1470025"/>
+            <a:off x="1130595" y="2404534"/>
+            <a:ext cx="5826719" cy="1646302"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-          <a:lstStyle/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="5400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Подзаголовок 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1371600" y="3886200"/>
-            <a:ext cx="6400800" cy="1752600"/>
+            <a:off x="1130595" y="4050834"/>
+            <a:ext cx="5826719" cy="1096899"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl8pPr>
-[...8 lines deleted...]
-              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Дата 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4244674759"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2935365024"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Заголовок и подпись">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="609600"/>
+            <a:ext cx="6347714" cy="3403600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="4470400"/>
+            <a:ext cx="6347714" cy="1570962"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3019556069"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Цитата с подписью">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="774885" y="609600"/>
+            <a:ext cx="6072182" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1101074" y="3632200"/>
+            <a:ext cx="5419804" cy="381000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609598" y="4470400"/>
+            <a:ext cx="6347715" cy="1570962"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="482711" y="790378"/>
+            <a:ext cx="457319" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6747699" y="2886556"/>
+            <a:ext cx="457319" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3693951748"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Карточка имени">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609598" y="1931988"/>
+            <a:ext cx="6347715" cy="2595460"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609598" y="4527448"/>
+            <a:ext cx="6347715" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1384811994"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Цитата карточки имени">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="774885" y="609600"/>
+            <a:ext cx="6072182" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609597" y="4013200"/>
+            <a:ext cx="6347716" cy="514248"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609598" y="4527448"/>
+            <a:ext cx="6347715" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="482711" y="790378"/>
+            <a:ext cx="457319" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6747699" y="2886556"/>
+            <a:ext cx="457319" cy="584776"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="8000" baseline="0" dirty="0">
+                <a:ln w="3175" cmpd="sng">
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="accent1">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>”</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3284248418"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Истина или ложь">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="615848" y="609600"/>
+            <a:ext cx="6341465" cy="3022600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="4400" b="0" cap="none"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609597" y="4013200"/>
+            <a:ext cx="6347716" cy="514248"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609598" y="4527448"/>
+            <a:ext cx="6347715" cy="1513914"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>27.03.2026</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="575281603"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Дата 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2888874244"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1801122550"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
+          <p:cNvPr id="2" name="Vertical Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6629400" y="274638"/>
-            <a:ext cx="2057400" cy="5851525"/>
+            <a:off x="5977312" y="609600"/>
+            <a:ext cx="978812" cy="5251451"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="eaVert"/>
+          <a:bodyPr vert="eaVert" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Vertical Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="6019800" cy="5851525"/>
+            <a:off x="609599" y="609600"/>
+            <a:ext cx="5195026" cy="5251451"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Дата 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1754122987"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1205977038"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Объект 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Дата 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3849304701"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="922026205"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="722313" y="4406900"/>
-            <a:ext cx="7772400" cy="1362075"/>
+            <a:off x="609598" y="2700868"/>
+            <a:ext cx="6347715" cy="1826581"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="t"/>
+          <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="4000" b="1" cap="all"/>
+              <a:defRPr sz="4000" b="0" cap="none"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Текст 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="722313" y="2906713"/>
-            <a:ext cx="7772400" cy="1500187"/>
+            <a:off x="609598" y="4527448"/>
+            <a:ext cx="6347715" cy="860400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="t"/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
+            <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:buNone/>
               <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1800">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl1pPr>
-[...2 lines deleted...]
-              <a:defRPr sz="1800">
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl2pPr>
-[...2 lines deleted...]
-              <a:defRPr sz="1600">
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
-            </a:lvl8pPr>
-[...8 lines deleted...]
-              </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="516601151"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2508973518"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609600" y="609600"/>
+            <a:ext cx="6347714" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Объект 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1600200"/>
-            <a:ext cx="4038600" cy="4525963"/>
+            <a:off x="609600" y="2160589"/>
+            <a:ext cx="3088109" cy="3880772"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2800"/>
+              <a:defRPr sz="1800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="1600"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Объект 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4648200" y="1600200"/>
-            <a:ext cx="4038600" cy="4525963"/>
+            <a:off x="3869204" y="2160590"/>
+            <a:ext cx="3088110" cy="3880773"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="2800"/>
+              <a:defRPr sz="1800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="1600"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
-              <a:defRPr sz="1800"/>
+              <a:defRPr sz="1200"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="5" name="Дата 4"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3148020149"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="686977035"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="609600"/>
+            <a:ext cx="6347713" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Текст 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1535113"/>
-            <a:ext cx="4040188" cy="639762"/>
+            <a:off x="609599" y="2160983"/>
+            <a:ext cx="3090672" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Объект 3"/>
+          <p:cNvPr id="4" name="Content Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="2174875"/>
-            <a:ext cx="4040188" cy="3951288"/>
+            <a:off x="609599" y="2737246"/>
+            <a:ext cx="3090672" cy="3304117"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...28 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="5" name="Текст 4"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4645025" y="1535113"/>
-            <a:ext cx="4041775" cy="639762"/>
+            <a:off x="3866640" y="2160983"/>
+            <a:ext cx="3090672" cy="576262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400" b="1"/>
+              <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000" b="1"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1800" b="1"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Объект 5"/>
+          <p:cNvPr id="6" name="Content Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4645025" y="2174875"/>
-            <a:ext cx="4041775" cy="3951288"/>
+            <a:off x="3866640" y="2737246"/>
+            <a:ext cx="3090672" cy="3304117"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...28 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="7" name="Дата 6"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Нижний колонтитул 7"/>
+          <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Номер слайда 8"/>
+          <p:cNvPr id="9" name="Slide Number Placeholder 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1497095404"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="413015001"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="609599" y="609600"/>
+            <a:ext cx="6347714" cy="1320800"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Дата 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3290857257"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2687407552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Дата 1"/>
+          <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
+          <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4282669999"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="454416605"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="273050"/>
-            <a:ext cx="3008313" cy="1162050"/>
+            <a:off x="609599" y="1498604"/>
+            <a:ext cx="2790182" cy="1278466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="1"/>
+            <a:lvl1pPr>
+              <a:defRPr sz="2000"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Объект 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3575050" y="273050"/>
-            <a:ext cx="5111750" cy="5853113"/>
+            <a:off x="3571275" y="514925"/>
+            <a:ext cx="3386037" cy="5526437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...28 lines deleted...]
-          </a:lstStyle>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Текст 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1435100"/>
-            <a:ext cx="3008313" cy="4691063"/>
+            <a:off x="609599" y="2777069"/>
+            <a:ext cx="2790182" cy="2584449"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1200"/>
+            <a:lvl2pPr marL="342900" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1050"/>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="914400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="1000"/>
+            <a:lvl3pPr marL="685800" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="900"/>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="1371600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl4pPr marL="1028700" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="1828800" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl5pPr marL="1371600" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl5pPr>
-            <a:lvl6pPr marL="2286000" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl6pPr marL="1714500" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl6pPr>
-            <a:lvl7pPr marL="2743200" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl7pPr marL="2057400" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl7pPr>
-            <a:lvl8pPr marL="3200400" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl8pPr marL="2400300" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl8pPr>
-            <a:lvl9pPr marL="3657600" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="900"/>
+            <a:lvl9pPr marL="2743200" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="750"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3097210183"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2091231302"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1792288" y="4800600"/>
-            <a:ext cx="5486400" cy="566738"/>
+            <a:off x="609599" y="4800600"/>
+            <a:ext cx="6347714" cy="566738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="b"/>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
-              <a:defRPr sz="2000" b="1"/>
+              <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...7 lines deleted...]
-            <a:spLocks noGrp="1"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Picture Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1792288" y="612775"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="609599" y="609600"/>
+            <a:ext cx="6347714" cy="3845718"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr sz="3200"/>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2800"/>
+              <a:defRPr sz="1600"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2400"/>
+              <a:defRPr sz="1600"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000"/>
+              <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Текст 3"/>
+            <a:r>
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:t>Вставка рисунка</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1792288" y="5367338"/>
-            <a:ext cx="5486400" cy="804862"/>
+            <a:off x="609599" y="5367338"/>
+            <a:ext cx="6347714" cy="674024"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
-              <a:defRPr sz="1400"/>
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1000"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
+          <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 6"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="293616703"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="198251684"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="17" name="Group 16"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="-8467" y="-8468"/>
+            <a:ext cx="9169805" cy="6874935"/>
+            <a:chOff x="-8467" y="-8468"/>
+            <a:chExt cx="9169805" cy="6874935"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="7" name="Freeform 6"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="-8467" y="4013200"/>
+              <a:ext cx="457200" cy="2853267"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="457200" h="2853267">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="457200" y="2853267"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="2844800"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2822" y="1905000"/>
+                    <a:pt x="5645" y="965200"/>
+                    <a:pt x="0" y="0"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="8" name="Straight Connector 7"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="5130830" y="4175605"/>
+              <a:ext cx="4022475" cy="2682396"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="9" name="Straight Connector 8"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7042707" y="0"/>
+              <a:ext cx="1219200" cy="6858000"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="9525">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="10" name="Freeform 9"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6891896" y="1"/>
+              <a:ext cx="2269442" cy="6866466"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2269442" h="6866466">
+                  <a:moveTo>
+                    <a:pt x="2023534" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2269067" y="6866466"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2271889" y="4580466"/>
+                    <a:pt x="2257778" y="2294466"/>
+                    <a:pt x="2260600" y="8466"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="2023534" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="30000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="11" name="Freeform 10"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7205158" y="-8467"/>
+              <a:ext cx="1948147" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1948147" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1202267" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1947333" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1944511" y="4577645"/>
+                    <a:pt x="1950155" y="2288822"/>
+                    <a:pt x="1947333" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="20000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Freeform 11"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6637896" y="3920066"/>
+              <a:ext cx="2513565" cy="2937933"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="3259667" h="3810000">
+                  <a:moveTo>
+                    <a:pt x="0" y="3810000"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="3251200" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3254022" y="1270000"/>
+                    <a:pt x="3256845" y="2540000"/>
+                    <a:pt x="3259667" y="3810000"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3810000"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:alpha val="72000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Freeform 12"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7010429" y="-8467"/>
+              <a:ext cx="2142876" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="2853267" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="2472267" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2853267" y="6858000"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="2853267" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="75000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Freeform 13"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8295776" y="-8467"/>
+              <a:ext cx="857530" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1286933" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="1016000" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1286933" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1284111" y="4577645"/>
+                    <a:pt x="1281288" y="2288822"/>
+                    <a:pt x="1278466" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1016000" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:lumMod val="60000"/>
+                <a:lumOff val="40000"/>
+                <a:alpha val="70000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Freeform 14"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8077231" y="-8468"/>
+              <a:ext cx="1066770" cy="6866467"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1270244" h="6866467">
+                  <a:moveTo>
+                    <a:pt x="0" y="0"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1117600" y="6866467"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1270000" y="6866467"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1272822" y="4574822"/>
+                    <a:pt x="1250245" y="2291645"/>
+                    <a:pt x="1253067" y="0"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="0"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Freeform 15"/>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="8060297" y="4893733"/>
+              <a:ext cx="1094086" cy="1964267"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst/>
+              <a:ahLst/>
+              <a:cxnLst/>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1820333" h="3268133">
+                  <a:moveTo>
+                    <a:pt x="0" y="3268133"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="1811866" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1814688" y="1086555"/>
+                    <a:pt x="1817511" y="2173111"/>
+                    <a:pt x="1820333" y="3259666"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="3268133"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:solidFill>
+              <a:schemeClr val="accent1">
+                <a:alpha val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="3">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="2">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="lt1"/>
+            </a:fontRef>
+          </p:style>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="274638"/>
-            <a:ext cx="8229600" cy="1143000"/>
+            <a:off x="609599" y="609600"/>
+            <a:ext cx="6347713" cy="1320800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="3" name="Текст 2"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1600200"/>
-            <a:ext cx="8229600" cy="4525963"/>
+            <a:off x="609599" y="2160590"/>
+            <a:ext cx="6347714" cy="3880773"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
-[...5 lines deleted...]
-          <p:cNvPr id="4" name="Дата 3"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="5405258" y="6041363"/>
+            <a:ext cx="684132" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-              <a:defRPr sz="1200">
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{158AC925-FE33-44E4-9AC3-B2D1A635E3CB}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>17.03.2023</a:t>
+              <a:t>27.03.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3124200" y="6356350"/>
-            <a:ext cx="2895600" cy="365125"/>
+            <a:off x="609599" y="6041363"/>
+            <a:ext cx="4622973" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr">
-              <a:defRPr sz="1200">
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6553200" y="6356350"/>
-            <a:ext cx="2133600" cy="365125"/>
+            <a:off x="6444676" y="6041363"/>
+            <a:ext cx="512638" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="1200">
-[...3 lines deleted...]
-                  </a:schemeClr>
+              <a:defRPr sz="900">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{2F38D093-F539-4F4D-A1E1-D2AF002A2908}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2594161406"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3560582841"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483661" r:id="rId1"/>
-[...9 lines deleted...]
-    <p:sldLayoutId id="2147483671" r:id="rId11"/>
+    <p:sldLayoutId id="2147483691" r:id="rId1"/>
+    <p:sldLayoutId id="2147483692" r:id="rId2"/>
+    <p:sldLayoutId id="2147483693" r:id="rId3"/>
+    <p:sldLayoutId id="2147483694" r:id="rId4"/>
+    <p:sldLayoutId id="2147483695" r:id="rId5"/>
+    <p:sldLayoutId id="2147483696" r:id="rId6"/>
+    <p:sldLayoutId id="2147483697" r:id="rId7"/>
+    <p:sldLayoutId id="2147483698" r:id="rId8"/>
+    <p:sldLayoutId id="2147483699" r:id="rId9"/>
+    <p:sldLayoutId id="2147483700" r:id="rId10"/>
+    <p:sldLayoutId id="2147483701" r:id="rId11"/>
+    <p:sldLayoutId id="2147483702" r:id="rId12"/>
+    <p:sldLayoutId id="2147483703" r:id="rId13"/>
+    <p:sldLayoutId id="2147483704" r:id="rId14"/>
+    <p:sldLayoutId id="2147483705" r:id="rId15"/>
+    <p:sldLayoutId id="2147483706" r:id="rId16"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="4400" kern="1200">
+        <a:defRPr sz="3600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
+      <a:lvl2pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr eaLnBrk="1" hangingPunct="1">
+        <a:defRPr>
+          <a:solidFill>
+            <a:schemeClr val="tx2"/>
+          </a:solidFill>
+        </a:defRPr>
+      </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="3200" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2800" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1600" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2400" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
-          <a:spcPct val="20000"/>
+          <a:spcPts val="1000"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="2000" kern="1200">
+        <a:spcAft>
+          <a:spcPts val="0"/>
+        </a:spcAft>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="80000"/>
+        <a:buFont typeface="Wingdings 3" charset="2"/>
+        <a:buChar char=""/>
+        <a:defRPr sz="1200" kern="1200">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="tx1">
+              <a:lumMod val="75000"/>
+              <a:lumOff val="25000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
-        <a:defRPr lang="ru-RU"/>
+        <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prosv.ru/umk/ork/info.aspx?ob_no=20321" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
@@ -3896,51 +6848,71 @@
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>«Основы религиозных культур и светской этики»</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>в 4 классе 2023-2024 уч. г.</a:t>
+              <a:t>в 4 классе </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2026-2027 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>уч. г.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="3700" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6147" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="3886200"/>
             <a:ext cx="7772400" cy="2135088"/>
@@ -4091,51 +7063,53 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14339" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="762000" y="1676400"/>
             <a:ext cx="7696200" cy="4724400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>учебный курс ОРКСЭ дополняет обществоведческие аспекты предмета «Окружающий мир» в 4 классе начальной школы. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="ru-RU" sz="3200" b="1" smtClean="0">
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3200" b="1" smtClean="0">
                 <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>предваряет начинающееся в 5 классе изучение гуманитарных предметов: истории, литературы. </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" smtClean="0"/>
@@ -6479,386 +9453,50 @@
                     <a:alpha val="35000"/>
                   </a:schemeClr>
                 </a:glow>
               </a:effectLst>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
-[...334 lines deleted...]
-
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8198" name="Rectangle 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
@@ -6933,107 +9571,107 @@
               </a:rPr>
             </a:br>
             <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="611560" y="2551836"/>
-            <a:ext cx="8424936" cy="3416320"/>
+            <a:ext cx="8424936" cy="3046988"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Курс ОРКСЭ является курсом, входящим в состав федерального Базисного образовательного плана и учебного плана школ наряду с другими основными предметами, такими как математика, русский язык и т.д.</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="0" y="90488"/>
-            <a:ext cx="9144808" cy="2618431"/>
+            <a:off x="1619672" y="90488"/>
+            <a:ext cx="5400600" cy="2618431"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -7344,72 +9982,86 @@
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Выбор модуля, изучаемого в рамках учебного предмета ОРКСЭ, осуществляется родителями (законными представителями) обучающихся. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Выбор зафиксирован </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Протоколом </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>родительского собрания №3 от </a:t>
+              <a:t>родительского собрания </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>15 марта 202</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="4000" b="1" dirty="0" smtClean="0">
+              <a:t>№4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>3</a:t>
+              <a:t>от </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>18 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>марта </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2026 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="4000" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>года и письменными заявлениями родителей (законных представителей) обучающихся</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0">
                 <a:latin typeface="Google Sans"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -9249,51 +11901,51 @@
                 <a:effectLst/>
               </a:rPr>
               <a:t>Базовые национальные ценности:</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14339" name="Содержимое 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914400" y="1557338"/>
             <a:ext cx="8229600" cy="4525962"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="273050" indent="-273050" eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
               <a:t>патриотизм;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="273050" indent="-273050" eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" dirty="0" smtClean="0"/>
               <a:t>социальная солидарность;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="273050" indent="-273050" eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
@@ -9462,331 +12114,303 @@
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Грань">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Грань">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="2C3C43"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="EBEBEB"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="90C226"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="54A021"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="E6B91E"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="E76618"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="C42F1A"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="918655"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="99CA3C"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="B9D181"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Грань">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Trebuchet MS" panose="020B0603020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="メイリオ"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
-[...3 lines deleted...]
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Hans" typeface="方正姚体"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Tahoma"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
-        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Viet" typeface="Tahoma"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Trebuchet MS" panose="020B0603020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Jpan" typeface="メイリオ"/>
+        <a:font script="Hang" typeface="HY그래픽M"/>
+        <a:font script="Hans" typeface="华文新魏"/>
+        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Arab" typeface="Tahoma"/>
+        <a:font script="Hebr" typeface="Gisha"/>
+        <a:font script="Thai" typeface="IrisUPC"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Грань">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:tint val="65000"/>
+                <a:lumMod val="110000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="88000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-[...6 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="90000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:tint val="96000"/>
+                <a:lumMod val="100000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
-[...5 lines deleted...]
-            <a:gs pos="100000">
+            <a:gs pos="78000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="94000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="19050" cap="rnd" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="rnd" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="38100" dist="25400" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="50800" dist="38100" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront">
               <a:rot lat="0" lon="0" rev="0"/>
             </a:camera>
-            <a:lightRig rig="threePt" dir="t">
-[...1 lines deleted...]
-            </a:lightRig>
+            <a:lightRig rig="threePt" dir="tl"/>
           </a:scene3d>
-          <a:sp3d>
-            <a:bevelT w="63500" h="25400"/>
+          <a:sp3d prstMaterial="plastic">
+            <a:bevelT w="0" h="0"/>
           </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="90000"/>
+                <a:lumMod val="104000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="94000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...7 lines deleted...]
-                <a:satMod val="255000"/>
+                <a:shade val="96000"/>
+                <a:lumMod val="82000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="80000"/>
-                <a:satMod val="300000"/>
+                <a:tint val="90000"/>
+                <a:lumMod val="110000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="30000"/>
-                <a:satMod val="200000"/>
+                <a:shade val="94000"/>
+                <a:lumMod val="96000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
-            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+            <a:fillToRect l="50000" t="50000" r="100000" b="100000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Facet" id="{C0C680CD-088A-49FC-A102-D699147F32B2}" vid="{CFBC31BA-B70F-4F30-BCAA-4F3011E16C4D}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -10031,92 +12655,104 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
+  <Template>Facet</Template>
   <TotalTime></TotalTime>
   <Words>557</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (4:3)</PresentationFormat>
   <Paragraphs>76</Paragraphs>
-  <Slides>18</Slides>
+  <Slides>17</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Использованные шрифты</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>18</vt:i4>
+        <vt:i4>17</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>ГБОУ СОШ № 252 Введение комплексного учебного предмета  «Основы религиозных культур и светской этики» в 4 классе 2023-2024 уч. г.</vt:lpstr>
+    <vt:vector size="25" baseType="lpstr">
+      <vt:lpstr>Andale Sans UI</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Google Sans</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Trebuchet MS</vt:lpstr>
+      <vt:lpstr>Wingdings 3</vt:lpstr>
+      <vt:lpstr>Грань</vt:lpstr>
+      <vt:lpstr>ГБОУ СОШ № 252 Введение комплексного учебного предмета  «Основы религиозных культур и светской этики» в 4 классе 2026-2027 уч. г.</vt:lpstr>
       <vt:lpstr>  </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>         отечество</vt:lpstr>
       <vt:lpstr>          Семья</vt:lpstr>
       <vt:lpstr>Культурная традиция</vt:lpstr>
       <vt:lpstr>Базовые национальные ценности:</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Причины выбора ОРКСЭ  в 4 классе</vt:lpstr>
       <vt:lpstr>Причины выбора ОРКСЭ  в 4 классе</vt:lpstr>
-      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>пр</dc:title>
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>