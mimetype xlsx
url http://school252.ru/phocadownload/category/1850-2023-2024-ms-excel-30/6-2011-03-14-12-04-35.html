--- v0 (2025-10-10)
+++ v1 (2026-01-20)
@@ -1,734 +1,1325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="30" windowWidth="21075" windowHeight="10050" activeTab="2"/>
+    <workbookView xWindow="120" yWindow="30" windowWidth="6675" windowHeight="7755"/>
   </bookViews>
   <sheets>
-    <sheet name="начальная школа" sheetId="1" r:id="rId1"/>
-[...3 lines deleted...]
-    <sheet name="Лист3" sheetId="3" r:id="rId5"/>
+    <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="144525"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$2:$K$76</definedName>
+  </definedNames>
+  <calcPr calcId="80000"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="789" uniqueCount="189">
-[...121 lines deleted...]
-    <t>Русский язык Литературное чтение Математика Окружающий мир Технология, ИЗО ОРКСЭ, модуль Основы православия</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="731" uniqueCount="205">
+  <si>
+    <t>№ п/п</t>
+  </si>
+  <si>
+    <t>Фамилия, имя, отчество</t>
+  </si>
+  <si>
+    <t>Группа сотрудников</t>
+  </si>
+  <si>
+    <t>Должность (по штату)</t>
+  </si>
+  <si>
+    <t>Преподаваемая дисциплина</t>
+  </si>
+  <si>
+    <t>Образование</t>
+  </si>
+  <si>
+    <t>Ученая степень</t>
+  </si>
+  <si>
+    <t>Звание</t>
+  </si>
+  <si>
+    <t>Учёное звание</t>
+  </si>
+  <si>
+    <t>Квалификационная категория по основной должности</t>
+  </si>
+  <si>
+    <t>Педагогический стаж</t>
+  </si>
+  <si>
+    <t>Андреева  Алла  Гавриловна</t>
+  </si>
+  <si>
+    <t>Воспитатели ГПД</t>
+  </si>
+  <si>
+    <t>высшее профессиональное</t>
+  </si>
+  <si>
+    <t>без степени</t>
+  </si>
+  <si>
+    <t>без звания</t>
+  </si>
+  <si>
+    <t>Не имеет ученого звания</t>
+  </si>
+  <si>
+    <t>Без категории</t>
+  </si>
+  <si>
+    <t>29 л.1 м.20 д.</t>
+  </si>
+  <si>
+    <t>Артамонова  Юлия  Александровна</t>
+  </si>
+  <si>
+    <t>Прочий пед. персонал</t>
+  </si>
+  <si>
+    <t>Педагог-психолог</t>
+  </si>
+  <si>
+    <t>Высшая категория</t>
+  </si>
+  <si>
+    <t>25 л.5 м.5 д.</t>
+  </si>
+  <si>
+    <t>3 м.19 д.</t>
+  </si>
+  <si>
+    <t>Артемьева  Оксана  Ивановна</t>
+  </si>
+  <si>
+    <t>Преподаватели начальных классов</t>
+  </si>
+  <si>
+    <t>8 л.5 м.23 д.</t>
+  </si>
+  <si>
+    <t>Афанасьева  Мария  Михайловна</t>
+  </si>
+  <si>
+    <t>Педагог-организатор</t>
+  </si>
+  <si>
+    <t>бакалавр</t>
+  </si>
+  <si>
+    <t>5 л.9 м.12 д.</t>
+  </si>
+  <si>
+    <t>Бахтиярова  Наталья  Сергеевна</t>
+  </si>
+  <si>
+    <t>Воспитатели</t>
+  </si>
+  <si>
+    <t>8 л.3 м.24 д.</t>
+  </si>
+  <si>
+    <t>Педагог дополнительного образования</t>
+  </si>
+  <si>
+    <t>Белозор  Екатерина  Владимировна</t>
+  </si>
+  <si>
+    <t>Преподаватели старших классов</t>
+  </si>
+  <si>
+    <t>Вероятность и статистика, Информатика</t>
+  </si>
+  <si>
+    <t>Первая категория</t>
+  </si>
+  <si>
+    <t>4 г.3 м.19 д.</t>
+  </si>
+  <si>
+    <t>Бинтюкова  Оксана  Николаевна</t>
+  </si>
+  <si>
+    <t>Курсы по выбору 11-3, Литература, Русский язык</t>
+  </si>
+  <si>
+    <t>30 л.3 м.24 д.</t>
+  </si>
+  <si>
+    <t>среднее общее</t>
+  </si>
+  <si>
+    <t>Вавилова  Светлана  Валерьевна</t>
+  </si>
+  <si>
+    <t>Изобразительное искусство, Инженерная грамотность, Труд (технология), Черчение и графика</t>
+  </si>
+  <si>
+    <t>33 л.2 м.17 д.</t>
+  </si>
+  <si>
+    <t>Учитель</t>
+  </si>
+  <si>
+    <t>Васильева  Дарья  Евгеньевна</t>
+  </si>
+  <si>
+    <t>2 г.3 м.13 д.</t>
+  </si>
+  <si>
+    <t>Векслер  Елена  Валентиновна</t>
+  </si>
+  <si>
+    <t>Алгебра, Алгебра и начала математического анализа, Вероятность и статистика, Геометрия, Математика</t>
+  </si>
+  <si>
+    <t>30 л.23 д.</t>
+  </si>
+  <si>
+    <t>Веревченкова  Арина  Ивановна</t>
+  </si>
+  <si>
+    <t>среднее профессиональное</t>
+  </si>
+  <si>
+    <t>Верховцева  Татьяна  Владимировна</t>
+  </si>
+  <si>
+    <t>Физика</t>
+  </si>
+  <si>
+    <t>33 л.2 м.4 д.</t>
+  </si>
+  <si>
+    <t>Виноградов  Григорий  Борисович</t>
+  </si>
+  <si>
+    <t>Педагоги доп. образования</t>
+  </si>
+  <si>
+    <t>16 л.1 м.26 д.</t>
+  </si>
+  <si>
+    <t>Виноградова  Ирина  Сергеевна</t>
+  </si>
+  <si>
+    <t>19 л.7 м.8 д.</t>
+  </si>
+  <si>
+    <t>Волкова  Олеся  Михайловна</t>
+  </si>
+  <si>
+    <t>16 л.2 м.5 д.</t>
+  </si>
+  <si>
+    <t>Гриневич  Светлана  Станиславовна</t>
+  </si>
+  <si>
+    <t>Алгебра, Вероятность и статистика, Геометрия, Математика</t>
+  </si>
+  <si>
+    <t>7 л.4 м.20 д.</t>
+  </si>
+  <si>
+    <t>Громов  Максим  Александрович</t>
+  </si>
+  <si>
+    <t>9 м.13 д.</t>
+  </si>
+  <si>
+    <t>Гурьянова  Ольга  Михайловна</t>
+  </si>
+  <si>
+    <t>14 л.2 м.15 д.</t>
+  </si>
+  <si>
+    <t>Зернаева  Елена  Васильевна</t>
+  </si>
+  <si>
+    <t>5 л.2 м.22 д.</t>
+  </si>
+  <si>
+    <t>Зименко  Евгения  Леонидовна</t>
+  </si>
+  <si>
+    <t>Методист</t>
+  </si>
+  <si>
+    <t>31 л.1 м.17 д.</t>
+  </si>
+  <si>
+    <t>Злобина  Екатерина  Леонидовна</t>
+  </si>
+  <si>
+    <t>29 л.4 м.22 д.</t>
+  </si>
+  <si>
+    <t>Калабина  Марина  Валерьевна</t>
+  </si>
+  <si>
+    <t>Преподаватель-организатор основ безопасности жизнедеятельности</t>
+  </si>
+  <si>
+    <t>Здоровье и основы безопасности жизнедеятельности, Основы безопасности и защиты Родины, Физическая культура</t>
+  </si>
+  <si>
+    <t>14 л.1 м.9 д.</t>
+  </si>
+  <si>
+    <t>Капишникова  Ольга  Накиповна</t>
+  </si>
+  <si>
+    <t>География</t>
+  </si>
+  <si>
+    <t>25 л.9 м.19 д.</t>
+  </si>
+  <si>
+    <t>Карнаухова  Елена  Анатольевна</t>
+  </si>
+  <si>
+    <t>Индивидуальный проект, История, Обществознание</t>
+  </si>
+  <si>
+    <t>37 л.10 м.27 д.</t>
+  </si>
+  <si>
+    <t>10 л.3 м.19 д.</t>
+  </si>
+  <si>
+    <t>Кислякова  Ирина  Сергеевна</t>
+  </si>
+  <si>
+    <t>Иностранный язык</t>
+  </si>
+  <si>
+    <t>Литература, Русский язык</t>
+  </si>
+  <si>
+    <t>Комарова  Елена  Владимировна</t>
+  </si>
+  <si>
+    <t>Социальный педагог</t>
+  </si>
+  <si>
+    <t>25 л.9 м.2 д.</t>
+  </si>
+  <si>
+    <t>Копьева  Екатерина  Александровна</t>
+  </si>
+  <si>
+    <t>17 л.13 д.</t>
+  </si>
+  <si>
+    <t>Корнилова  Марина  Анатольевна</t>
+  </si>
+  <si>
+    <t>10 л.6 м.25 д.</t>
+  </si>
+  <si>
+    <t>Коробова  Дарья  Александровна</t>
+  </si>
+  <si>
+    <t>Костюченко  Наталья  Андреевна</t>
+  </si>
+  <si>
+    <t>20 л.9 м.11 д.</t>
+  </si>
+  <si>
+    <t>Котова  Елизавета  Сергеевна</t>
+  </si>
+  <si>
+    <t>Биология, Физическая культура</t>
+  </si>
+  <si>
+    <t>Кравченко  Марина  Петровна</t>
+  </si>
+  <si>
+    <t>43 л.3 м.19 д.</t>
+  </si>
+  <si>
+    <t>Кулешова  Людмила  Владимировна</t>
+  </si>
+  <si>
+    <t>21 л.3 д.</t>
+  </si>
+  <si>
+    <t>Кучеренко  Татьяна  Игоревна</t>
+  </si>
+  <si>
+    <t>27 л.4 м.17 д.</t>
+  </si>
+  <si>
+    <t>Лебедева  Оксана  Андреевна</t>
+  </si>
+  <si>
+    <t>История, Обществознание</t>
+  </si>
+  <si>
+    <t>26 л.2 м.9 д.</t>
+  </si>
+  <si>
+    <t>Ляшенко  Юлия  Валерьевна</t>
+  </si>
+  <si>
+    <t>29 л.6 м.8 д.</t>
+  </si>
+  <si>
+    <t>Махмуров  Роман  Ринатович</t>
+  </si>
+  <si>
+    <t>Инженерная грамотность, Курсы по выбору 11-1, Курсы по выбору 11-2, Труд (технология)</t>
+  </si>
+  <si>
+    <t>12 л.2 м.11 д.</t>
+  </si>
+  <si>
+    <t>Мацюк  Наталья  Александровна</t>
+  </si>
+  <si>
+    <t>30 л.6 м.6 д.</t>
+  </si>
+  <si>
+    <t>Медведев  Вадим  Сергеевич</t>
+  </si>
+  <si>
+    <t>9 л.3 м.26 д.</t>
+  </si>
+  <si>
+    <t>Медникова  Анастасия  Викторовна</t>
+  </si>
+  <si>
+    <t>7 л.1 м.14 д.</t>
+  </si>
+  <si>
+    <t>Мельничук  Павел  Олегович</t>
+  </si>
+  <si>
+    <t>5 м.21 д.</t>
+  </si>
+  <si>
+    <t>Мирчук  Наталья  Владимировна</t>
   </si>
   <si>
     <t>Музыка</t>
   </si>
   <si>
-    <t>Иностранный язык (английский)</t>
+    <t>43 л.9 м.11 д.</t>
+  </si>
+  <si>
+    <t>Михеева  Оксана  Сергеевна</t>
+  </si>
+  <si>
+    <t>Химия</t>
+  </si>
+  <si>
+    <t>36 л.11 м.11 д.</t>
+  </si>
+  <si>
+    <t>Николаева  Ирина  Михайловна</t>
   </si>
   <si>
     <t>Физическая культура</t>
   </si>
   <si>
-    <t>Учитель начальных классов</t>
-[...128 lines deleted...]
-    <t>социально-культурный сервис и туризм; среднее профессиональное - учитель иностранного языка (англ., франц.)</t>
+    <t>38 л.9 д.</t>
+  </si>
+  <si>
+    <t>29 л.3 м.15 д.</t>
+  </si>
+  <si>
+    <t>Николаева  Надежда  Сергеевна</t>
+  </si>
+  <si>
+    <t>9 л.8 д.</t>
+  </si>
+  <si>
+    <t>2 г.3 м.19 д.</t>
+  </si>
+  <si>
+    <t>Николаева  Ольга  Сергеевна</t>
+  </si>
+  <si>
+    <t>Труд (технология)</t>
+  </si>
+  <si>
+    <t>44 л.5 м.12 д.</t>
+  </si>
+  <si>
+    <t>Новик  Лариса  Николаевна</t>
+  </si>
+  <si>
+    <t>19 л.5 м.19 д.</t>
+  </si>
+  <si>
+    <t>Нурмагамедова  Аксана  Камидиновна</t>
+  </si>
+  <si>
+    <t>24 л.2 м.</t>
+  </si>
+  <si>
+    <t>Орлова  Светлана  Вячеславовна</t>
+  </si>
+  <si>
+    <t>Биология, География, Изобразительное искусство, Музыка, Основы безопасности и защиты Родины, Труд (технология), Физическая культура</t>
+  </si>
+  <si>
+    <t>37 л.5 м.26 д.</t>
+  </si>
+  <si>
+    <t>Осипова  Анна  Сергеевна</t>
+  </si>
+  <si>
+    <t>11 л.1 м.13 д.</t>
+  </si>
+  <si>
+    <t>Печерских  Светлана  Анатольевна</t>
+  </si>
+  <si>
+    <t>24 л.2 м.11 д.</t>
+  </si>
+  <si>
+    <t>Попова  Екатерина  Александровна</t>
+  </si>
+  <si>
+    <t>Проскурнина  Регина  Сергеевна</t>
+  </si>
+  <si>
+    <t>7 л.4 м.9 д.</t>
+  </si>
+  <si>
+    <t>1 г.3 м.2 д.</t>
+  </si>
+  <si>
+    <t>Решетникова  Ольга  Анатольевна</t>
+  </si>
+  <si>
+    <t>41 л.1 м.16 д.</t>
   </si>
   <si>
     <t>магистр</t>
   </si>
   <si>
-    <t>менее 1</t>
-[...161 lines deleted...]
-    <t>Учитель русского языка и литературы</t>
+    <t>Рубан  Анна  Сергеевна</t>
   </si>
   <si>
     <t>кандидат наук</t>
   </si>
   <si>
-    <t>июнь 2023 ЦНППМ СПБ АППО Реализация требований обновленных ФГОС ООО,ФГОС СОО в работе учителя</t>
-[...128 lines deleted...]
-    <t>май 2022 ЦНППМ СПБ АППО Введение обновленных ФГОС ООО,ФГОС СОО в работе учителя</t>
+    <t>25 л.2 м.5 д.</t>
+  </si>
+  <si>
+    <t>Рудыка  Ольга  Сергеевна</t>
+  </si>
+  <si>
+    <t>3 г.3 м.15 д.</t>
+  </si>
+  <si>
+    <t>Рябинина  Александра  Викторовна</t>
+  </si>
+  <si>
+    <t>20 л.6 м.3 д.</t>
+  </si>
+  <si>
+    <t>Савицкая  Ирина  Валериевна</t>
+  </si>
+  <si>
+    <t>4 г.7 м.11 д.</t>
+  </si>
+  <si>
+    <t>Савицкая  Надежда  Олеговна</t>
+  </si>
+  <si>
+    <t>34 л.4 м.</t>
+  </si>
+  <si>
+    <t>Сазонова  Елена  Вячеславовна</t>
+  </si>
+  <si>
+    <t>Информатика</t>
+  </si>
+  <si>
+    <t>13 л.4 м.8 д.</t>
+  </si>
+  <si>
+    <t>Самарин  Станислав  Андреевич</t>
+  </si>
+  <si>
+    <t>12 л.7 м.24 д.</t>
+  </si>
+  <si>
+    <t>Сенченко  Юлия  Сергеевна</t>
+  </si>
+  <si>
+    <t>Алгебра, Алгебра и начала математического анализа, Вероятность и статистика, Геометрия</t>
+  </si>
+  <si>
+    <t>10 л.10 м.9 д.</t>
+  </si>
+  <si>
+    <t>Сметанин  Роман  Дмитриевич</t>
+  </si>
+  <si>
+    <t>9 л.2 м.19 д.</t>
+  </si>
+  <si>
+    <t>Таова  Елена  Александровна</t>
+  </si>
+  <si>
+    <t>Уварова  Ирина  Валерьевна</t>
+  </si>
+  <si>
+    <t>Филиппова  Елена  Валерьевна</t>
+  </si>
+  <si>
+    <t>6 л.5 м.26 д.</t>
+  </si>
+  <si>
+    <t>Хасанова  Эльза  Рамиловна</t>
+  </si>
+  <si>
+    <t>Хоничев  Никита  Романович</t>
+  </si>
+  <si>
+    <t>Чуйкина  Арина  Владимировна</t>
+  </si>
+  <si>
+    <t>Советник директора по воспитанию и взаимодействию с детскими общественными объединениями</t>
+  </si>
+  <si>
+    <t>6 л.2 м.27 д.</t>
+  </si>
+  <si>
+    <t>Шашкова  Ольга  Ивановна</t>
+  </si>
+  <si>
+    <t>48 л.1 м.25 д.</t>
+  </si>
+  <si>
+    <t>Шишкина  Анастасия  Игоревна</t>
+  </si>
+  <si>
+    <t>1 г.8 м.5 д.</t>
+  </si>
+  <si>
+    <t>Шумак  Татьяна  Владимировна</t>
+  </si>
+  <si>
+    <t>41 л.4 м.13 д.</t>
+  </si>
+  <si>
+    <t>Щеглова  София  Михайловна</t>
+  </si>
+  <si>
+    <t>Щербина  Екатерина  Александровна</t>
+  </si>
+  <si>
+    <t>Биология, Курс по выбору 11-4, Курсы по выбору 11-1</t>
+  </si>
+  <si>
+    <t>9 л.10 м.3 д.</t>
+  </si>
+  <si>
+    <t>Воспитатель</t>
+  </si>
+  <si>
+    <t>Начальные классы</t>
+  </si>
+  <si>
+    <t>Педагогический состав ГБОУ СОШ № 252</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="Cambria"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="major"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="204"/>
+    </font>
   </fonts>
-  <fills count="2">
+  <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.59999389629810485"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="65"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.39997558519241921"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="26" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="27" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="27" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="28" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="42">
+    <cellStyle name="20% - Акцент1" xfId="1"/>
+    <cellStyle name="20% - Акцент2" xfId="2"/>
+    <cellStyle name="20% - Акцент3" xfId="3"/>
+    <cellStyle name="20% - Акцент4" xfId="4"/>
+    <cellStyle name="20% - Акцент5" xfId="5"/>
+    <cellStyle name="20% - Акцент6" xfId="6"/>
+    <cellStyle name="40% - Акцент1" xfId="7"/>
+    <cellStyle name="40% - Акцент2" xfId="8"/>
+    <cellStyle name="40% - Акцент3" xfId="9"/>
+    <cellStyle name="40% - Акцент4" xfId="10"/>
+    <cellStyle name="40% - Акцент5" xfId="11"/>
+    <cellStyle name="40% - Акцент6" xfId="12"/>
+    <cellStyle name="60% - Акцент1" xfId="13"/>
+    <cellStyle name="60% - Акцент2" xfId="14"/>
+    <cellStyle name="60% - Акцент3" xfId="15"/>
+    <cellStyle name="60% - Акцент4" xfId="16"/>
+    <cellStyle name="60% - Акцент5" xfId="17"/>
+    <cellStyle name="60% - Акцент6" xfId="18"/>
+    <cellStyle name="Акцент1" xfId="19"/>
+    <cellStyle name="Акцент2" xfId="20"/>
+    <cellStyle name="Акцент3" xfId="21"/>
+    <cellStyle name="Акцент4" xfId="22"/>
+    <cellStyle name="Акцент5" xfId="23"/>
+    <cellStyle name="Акцент6" xfId="24"/>
+    <cellStyle name="Ввод " xfId="25"/>
+    <cellStyle name="Вывод" xfId="26"/>
+    <cellStyle name="Вычисление" xfId="27"/>
+    <cellStyle name="Заголовок 1" xfId="28"/>
+    <cellStyle name="Заголовок 2" xfId="29"/>
+    <cellStyle name="Заголовок 3" xfId="30"/>
+    <cellStyle name="Заголовок 4" xfId="31"/>
+    <cellStyle name="Итог" xfId="32"/>
+    <cellStyle name="Контрольная ячейка" xfId="33"/>
+    <cellStyle name="Название" xfId="34"/>
+    <cellStyle name="Нейтральный" xfId="35"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
+    <cellStyle name="Плохой" xfId="36"/>
+    <cellStyle name="Пояснение" xfId="37"/>
+    <cellStyle name="Примечание" xfId="38"/>
+    <cellStyle name="Связанная ячейка" xfId="39"/>
+    <cellStyle name="Текст предупреждения" xfId="40"/>
+    <cellStyle name="Хороший" xfId="41"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -976,3471 +1567,2689 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O30"/>
+  <dimension ref="A1:K76"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="I16" sqref="I16"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="E17" sqref="E17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="10.5" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="6.28515625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="12" width="20.85546875" customWidth="1"/>
+    <col min="1" max="1" width="6.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="29" style="3" customWidth="1"/>
+    <col min="3" max="3" width="26.85546875" style="3" customWidth="1"/>
+    <col min="4" max="4" width="16.140625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="29.28515625" style="3" customWidth="1"/>
+    <col min="6" max="6" width="14.7109375" style="3" customWidth="1"/>
+    <col min="7" max="9" width="9.140625" style="3"/>
+    <col min="10" max="10" width="16.5703125" style="3" customWidth="1"/>
+    <col min="11" max="11" width="13.42578125" style="3" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>0</v>
+    <row r="1" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A1" s="6" t="s">
+        <v>204</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="7"/>
-      <c r="K1" s="7"/>
-[...3 lines deleted...]
-      <c r="A3" s="3" t="s">
+      <c r="K1" s="8"/>
+    </row>
+    <row r="2" spans="1:11" ht="31.5" x14ac:dyDescent="0.15">
+      <c r="A2" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="C2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="D2" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E2" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="J2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A3" s="4">
+        <v>1</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K3" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A4" s="4">
+        <v>2</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A5" s="4">
+        <v>3</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A6" s="4">
+        <v>4</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A7" s="4">
+        <v>5</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A8" s="4">
+        <v>6</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A9" s="4">
         <v>7</v>
       </c>
-      <c r="H3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="2" t="s">
+      <c r="B9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A10" s="4">
+        <v>8</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A11" s="4">
         <v>9</v>
       </c>
-      <c r="J3" s="2" t="s">
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" s="1"/>
+      <c r="F11" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A12" s="4">
+        <v>10</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="F12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="L3" s="2" t="s">
-[...10 lines deleted...]
-      <c r="B4" s="2" t="s">
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A13" s="4">
         <v>11</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A14" s="4">
+        <v>12</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A15" s="4">
+        <v>13</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E15" s="1"/>
+      <c r="F15" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A16" s="4">
+        <v>14</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="1"/>
+      <c r="F16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A17" s="4">
+        <v>15</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A18" s="4">
+        <v>16</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A19" s="4">
+        <v>17</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E19" s="1"/>
+      <c r="F19" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A20" s="4">
+        <v>18</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A21" s="4">
+        <v>19</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E21" s="1"/>
+      <c r="F21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A22" s="4">
+        <v>20</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="F22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A23" s="4">
+        <v>21</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K23" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A24" s="4">
+        <v>22</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K24" s="1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A25" s="4">
+        <v>23</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A26" s="4">
+        <v>24</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A27" s="4">
+        <v>25</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K27" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A28" s="4">
+        <v>26</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K28" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A29" s="4">
+        <v>27</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K29" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A30" s="4">
+        <v>28</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K30" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A31" s="4">
+        <v>29</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K31" s="1" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A32" s="4">
+        <v>30</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A33" s="4">
+        <v>31</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K33" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A34" s="4">
+        <v>32</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A35" s="4">
+        <v>33</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A36" s="4">
+        <v>34</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K36" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A37" s="4">
+        <v>35</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K37" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A38" s="4">
+        <v>36</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K38" s="1" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A39" s="4">
+        <v>37</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A40" s="4">
+        <v>38</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K40" s="1" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A41" s="4">
+        <v>39</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A42" s="4">
+        <v>40</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K42" s="1" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A43" s="4">
+        <v>41</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A44" s="4">
+        <v>42</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A45" s="4">
+        <v>43</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K45" s="1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A46" s="4">
         <v>44</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="B46" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A47" s="4">
+        <v>45</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" s="1" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A48" s="4">
+        <v>46</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K48" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A49" s="4">
         <v>47</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="B49" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K49" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A50" s="4">
+        <v>48</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K50" s="1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A51" s="4">
+        <v>49</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K51" s="1" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A52" s="4">
+        <v>50</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K52" s="1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A53" s="4">
         <v>51</v>
       </c>
-      <c r="F4" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J4" s="6">
+      <c r="B53" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J53" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="6">
+      <c r="K53" s="1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A54" s="4">
+        <v>52</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K54" s="1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A55" s="4">
+        <v>53</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J55" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="L4" s="2" t="s">
+      <c r="K55" s="1" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A56" s="4">
+        <v>54</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K56" s="1" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A57" s="4">
+        <v>55</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>37</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C5" s="2" t="s">
+      <c r="D57" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K57" s="1" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A58" s="4">
+        <v>56</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K58" s="1" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A59" s="4">
+        <v>57</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" s="1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A60" s="4">
+        <v>58</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A61" s="4">
+        <v>59</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E61" s="1"/>
+      <c r="F61" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A62" s="4">
+        <v>60</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K62" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A63" s="4">
+        <v>61</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A64" s="4">
+        <v>62</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K64" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A65" s="4">
+        <v>63</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E65" s="1"/>
+      <c r="F65" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J65" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A66" s="4">
+        <v>64</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K66" s="1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A67" s="4">
+        <v>65</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K67" s="1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A68" s="4">
+        <v>66</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A69" s="4">
+        <v>67</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J69" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K69" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A70" s="4">
+        <v>68</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E70" s="1"/>
+      <c r="F70" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A71" s="4">
+        <v>69</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="E71" s="1"/>
+      <c r="F71" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A72" s="4">
+        <v>70</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A73" s="4">
+        <v>71</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K73" s="1" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A74" s="4">
+        <v>72</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K74" s="1" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A75" s="4">
+        <v>73</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D5" s="4" t="s">
-[...23 lines deleted...]
-      <c r="L5" s="2" t="s">
+      <c r="G75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K75" s="1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.15">
+      <c r="A76" s="4">
+        <v>74</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>37</v>
       </c>
-    </row>
-[...156 lines deleted...]
-      <c r="B10" s="2" t="s">
+      <c r="D76" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J76" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...787 lines deleted...]
-        <v>43</v>
+      <c r="K76" s="1" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-</worksheet>
-[...2284 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Лист3</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>